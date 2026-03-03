--- v0 (2026-01-17)
+++ v1 (2026-03-03)
@@ -12,68 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ishpeming-high-school" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Class of 2026 Date</t>
   </si>
   <si>
     <t>Class of 2026 Submitted</t>
   </si>
   <si>
     <t>Class of 2026 Completed</t>
   </si>
   <si>
     <t>Class of 2025 Date</t>
   </si>
   <si>
     <t>Class of 2025 Submitted</t>
   </si>
   <si>
     <t>Class of 2025 Completed</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>03/02/2025</t>
+  </si>
+  <si>
+    <t>02/23/2026</t>
+  </si>
+  <si>
+    <t>02/23/2025</t>
+  </si>
+  <si>
+    <t>02/16/2026</t>
+  </si>
+  <si>
+    <t>02/16/2025</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>02/02/2025</t>
+  </si>
+  <si>
+    <t>01/26/2026</t>
+  </si>
+  <si>
+    <t>01/26/2025</t>
+  </si>
+  <si>
+    <t>01/19/2026</t>
+  </si>
+  <si>
+    <t>01/19/2025</t>
   </si>
   <si>
     <t>01/12/2026</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>01/05/2026</t>
   </si>
   <si>
     <t>01/05/2025</t>
   </si>
   <si>
     <t>12/29/2025</t>
   </si>
   <si>
     <t>12/29/2024</t>
   </si>
   <si>
     <t>12/22/2025</t>
   </si>
   <si>
     <t>12/22/2024</t>
   </si>
@@ -480,244 +516,244 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F15"/>
+  <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.137" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.137" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C2">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
       <c r="E2">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F2">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="C3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="F3">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="C4">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="F4">
-        <v>0</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C5">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="F5">
-        <v>0</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="C6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="F6">
-        <v>0</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="C7">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
       <c r="E7">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="F7">
-        <v>0</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="C8">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="F8">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9">
         <v>0</v>
       </c>
       <c r="C9">
         <v>0</v>
       </c>
       <c r="D9" t="s">
         <v>21</v>
       </c>
       <c r="E9">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="F9">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10">
         <v>0</v>
       </c>
       <c r="C10">
         <v>0</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>24</v>
@@ -793,50 +829,170 @@
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15">
         <v>0</v>
       </c>
       <c r="C15">
         <v>0</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16">
+        <v>0</v>
+      </c>
+      <c r="C16">
+        <v>0</v>
+      </c>
+      <c r="D16" t="s">
+        <v>35</v>
+      </c>
+      <c r="E16">
+        <v>0</v>
+      </c>
+      <c r="F16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17">
+        <v>0</v>
+      </c>
+      <c r="C17">
+        <v>0</v>
+      </c>
+      <c r="D17" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17">
+        <v>0</v>
+      </c>
+      <c r="F17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18">
+        <v>0</v>
+      </c>
+      <c r="C18">
+        <v>0</v>
+      </c>
+      <c r="D18" t="s">
+        <v>39</v>
+      </c>
+      <c r="E18">
+        <v>0</v>
+      </c>
+      <c r="F18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19">
+        <v>0</v>
+      </c>
+      <c r="C19">
+        <v>0</v>
+      </c>
+      <c r="D19" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19">
+        <v>0</v>
+      </c>
+      <c r="F19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20">
+        <v>0</v>
+      </c>
+      <c r="C20">
+        <v>0</v>
+      </c>
+      <c r="D20" t="s">
+        <v>43</v>
+      </c>
+      <c r="E20">
+        <v>0</v>
+      </c>
+      <c r="F20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21">
+        <v>0</v>
+      </c>
+      <c r="C21">
+        <v>0</v>
+      </c>
+      <c r="D21" t="s">
+        <v>45</v>
+      </c>
+      <c r="E21">
+        <v>0</v>
+      </c>
+      <c r="F21">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>